--- v0 (2026-02-14)
+++ v1 (2026-03-07)
@@ -4,484 +4,146 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Pending list of New Category (C" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <si>
     <t>Field type</t>
   </si>
   <si>
     <t>Proposed _x0003_field name</t>
   </si>
   <si>
     <t>Full proposed _x0003_field name</t>
   </si>
   <si>
     <t>Application _x0003_date</t>
   </si>
   <si>
     <t>Application _x0003_organisation</t>
   </si>
   <si>
     <t>Reason​</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
+    <t>CAT</t>
+  </si>
+  <si>
+    <t>ABC</t>
+  </si>
+  <si>
+    <t>a</t>
+  </si>
+  <si>
+    <t>31/5/22</t>
+  </si>
+  <si>
+    <t>ukh</t>
+  </si>
+  <si>
+    <t>gary</t>
+  </si>
+  <si>
     <t>Sub CAT</t>
   </si>
   <si>
     <t>CTV</t>
   </si>
   <si>
     <t>Cable TV</t>
   </si>
   <si>
     <t>20/7/22</t>
   </si>
   <si>
     <t>Mannings (Asia) Consultants Limited</t>
   </si>
   <si>
     <t>Casue CIC doesn't have Cable TV cable</t>
   </si>
   <si>
     <t>Cable TV cable</t>
   </si>
   <si>
     <t>WTT</t>
   </si>
   <si>
     <t>WTT HK Limited Telecommunication Cable</t>
   </si>
   <si>
     <t>cause CIC doesn't have WTT HK Limited Telecommunication Cable Sub-CAT Code</t>
   </si>
   <si>
-    <t>CAT</t>
-[...331 lines deleted...]
-    <t>Planter Box</t>
+    <t>LTB</t>
+  </si>
+  <si>
+    <t>Light Tube</t>
   </si>
   <si>
     <t>28/1/26</t>
   </si>
   <si>
     <t>Build King Management Limited</t>
   </si>
   <si>
     <t>Critical item in Project - Facility Upgrade of Tai Po Civic Centre</t>
   </si>
   <si>
-    <t>Fiberglass Planter Box</t>
-[...7 lines deleted...]
-  <si>
     <t>CHS</t>
   </si>
   <si>
     <t>Chain Hoist</t>
   </si>
   <si>
     <t>Critical item of Project - Facility Upgrade of Tai Po Civic Centre</t>
   </si>
   <si>
     <t>A manual chain hoist is a hand-operated chain-and-gear device for lifting and holding loads.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Computerized Hoist</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -492,852 +154,254 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" state="frozen" activePane="bottomLeft"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.210036277771" customWidth="1"/>
     <col min="2" max="2" width="19.8977851867676" customWidth="1"/>
     <col min="3" max="3" width="38.6850090026855" customWidth="1"/>
     <col min="4" max="4" width="16.1134662628174" customWidth="1"/>
-    <col min="5" max="5" width="43.2253723144531" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="84.1725311279297" customWidth="1"/>
+    <col min="5" max="5" width="33.3476829528809" customWidth="1"/>
+    <col min="6" max="6" width="72.0625152587891" customWidth="1"/>
+    <col min="7" max="7" width="81.5995254516602" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F2" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G2" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="G3" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>47</v>
-[...597 lines deleted...]
-        <v>143</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>